--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -287,51 +287,51 @@
   <si>
     <t>MAN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>EGO</t>
   </si>
   <si>
     <t>EGO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Kevin Fisk kicks 70 yards from EGO 35 to MAN -5. Touchback.</t>
   </si>
   <si>
     <t>#16 Pedro Pascal - WR</t>
   </si>
   <si>
     <t>#57 Gorian Shard - SLB</t>
   </si>
   <si>
-    <t>#22 Din Grogu - CB</t>
+    <t>#37 Din Grogu - CB</t>
   </si>
   <si>
     <t>#50 Cara Dune - MLB</t>
   </si>
   <si>
     <t>#58 Quinton Brown - WLB</t>
   </si>
   <si>
     <t>#29 John Johnson - SS</t>
   </si>
   <si>
     <t>#96 Migs Mayfield - LDE</t>
   </si>
   <si>
     <t>#55 Ahsoka Tano - SLB</t>
   </si>
   <si>
     <t>#31 Kuiil Spoken - CB</t>
   </si>
   <si>
     <t>#56 Moff Gideon - WLB</t>
   </si>
   <si>
     <t>#24 Koska Reeves - CB</t>
   </si>