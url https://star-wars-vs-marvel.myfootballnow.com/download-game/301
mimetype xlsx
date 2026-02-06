--- v1 (2025-12-22)
+++ v2 (2026-02-06)
@@ -1091,51 +1091,51 @@
   <si>
     <t>5:54</t>
   </si>
   <si>
     <t>EGO 39</t>
   </si>
   <si>
     <t>1-10-EGO 39 (5:53) 21-Devin Neal ran to EGO 40 for 1 yards. Tackle by 55-Ahsoka Tano.</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>2-9-EGO 40 (5:09) 21-Devin Neal ran to EGO 42 for 2 yards. Tackle by 50-Cara Dune.</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Post</t>
   </si>
   <si>
     <t>3-7-EGO 42 (4:26) 17-Leon Olmstead sacked at EGO 39 for -4 yards (91-Fennec Shand). Sack allowed by 64-Richard Perkins.</t>
   </si>
   <si>
-    <t>#41 Matthew Perry - CB</t>
+    <t>#41 Matthew Perry - SS</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>4-11-EGO 39 (3:43) 16-Joseph Newlon punts 68 yards to MAN -6.4-11-EGO 39 (3:43) 16-Joseph Newlon punts 68 yards to MAN -6. Touchback.</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>MAN 20</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-MAN 20 (3:36) 36-Cobb Vanth ran to MAN 20 for a short gain. Tackle by 50-Pat Peltier.</t>
   </si>
   <si>
     <t>3:03</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>