--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -497,51 +497,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-SPI 49 (11:08) 14-David Buckley punts 37 yards to SPI 11. Fair Catch by 14-Peter Parker.</t>
   </si>
   <si>
     <t>#14 David Buckley - P</t>
   </si>
   <si>
     <t>#85 Gary Gomez - WR</t>
   </si>
   <si>
     <t>#12 Peter Parker - WR</t>
   </si>
   <si>
     <t>#67 Paul Miller - C</t>
   </si>
   <si>
     <t>#63 George Stacy - DT</t>
   </si>
   <si>
     <t>#97 Norman Osborn - LDE</t>
   </si>
   <si>
-    <t>#99 Maxwell Dillon - LDE</t>
+    <t>#59 Maxwell Dillon - LDE</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>SPI 11</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-SPI 11 (11:01) 43-Ben Reilly ran to SPI 10 for -2 yards. Tackle by 39-Thomas Zimmerman. SPI 43-Ben Reilly was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 J Jonah Jameson - QB</t>
   </si>
   <si>
     <t>#43 Ben Reilly - RB</t>
   </si>
   <si>
     <t>#28 Robert Brazil - FB</t>
   </si>