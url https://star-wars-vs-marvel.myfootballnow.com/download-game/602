--- v1 (2025-12-22)
+++ v2 (2026-02-06)
@@ -338,51 +338,51 @@
   <si>
     <t>#9 Miguel O'Hara - K</t>
   </si>
   <si>
     <t>NUR</t>
   </si>
   <si>
     <t>NUR 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NUR 25 (15:00) 31-Herbert Karns ran to NUR 35 for 10 yards. Tackle by 25-Marv Wolfman.</t>
   </si>
   <si>
     <t>#1 Grand Inquisitor - QB</t>
   </si>
   <si>
     <t>#31 Herbert Karns - WR</t>
   </si>
   <si>
-    <t>#33 Bobby Lavallee - WR</t>
+    <t>#33 Bobby Lavallee - RB</t>
   </si>
   <si>
     <t>#19 Maurice  Greene - WR</t>
   </si>
   <si>
     <t>#77 Jimmy Braun - LT</t>
   </si>
   <si>
     <t>#53 James Turner - C</t>
   </si>
   <si>
     <t>#54 Dennis Goodridge - RG</t>
   </si>
   <si>
     <t>#52 Flash Thompson - LDE</t>
   </si>
   <si>
     <t>#79 Alexsei Sytsevich - DT</t>
   </si>
   <si>
     <t>#94 Wilson Fisk - DT</t>
   </si>
   <si>
     <t>#70 David Peyton - RDE</t>
   </si>
@@ -437,51 +437,51 @@
   <si>
     <t>NUR 32</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-3-NUR 32 (13:42) 31-Herbert Karns ran to NUR 43 for 11 yards. Tackle by 47-Adrian Toomes.</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>NUR 43</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NUR 43 (13:03) 17-Johnny Cook ran to NUR 45 for 2 yards. Tackle by 91-Eddie Brock.</t>
   </si>
   <si>
-    <t>#14 Johnny Cook - WR</t>
+    <t>#14 Johnny Cook - RB</t>
   </si>
   <si>
     <t>#92 Frank Castle - WLB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>NUR 45</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-8-NUR 45 (12:23) 17-Johnny Cook ran to NUR 46 for 1 yards. Tackle by 70-David Peyton.</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>NUR 46</t>
   </si>
   <si>
     <t>3-7-NUR 46 (11:46) 17-Johnny Cook ran to SPI 49 for 6 yards. Tackle by 96-John Romita.</t>
   </si>