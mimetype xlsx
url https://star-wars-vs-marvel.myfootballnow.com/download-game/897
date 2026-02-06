--- v0 (2025-12-22)
+++ v1 (2026-02-06)
@@ -449,51 +449,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-MAN 45 (13:46) 17-Commander  Cody pass complete to 11-Donald Nelson to MAN 45 for a short gain. Tackle by 26-Tom Holland.</t>
   </si>
   <si>
     <t>#89 Michael Hansen - WR</t>
   </si>
   <si>
     <t>#65 Michael Floyd - RT</t>
   </si>
   <si>
     <t>#53 Wiley Perkins - MLB</t>
   </si>
   <si>
     <t>#56 Moff Gideon - WLB</t>
   </si>
   <si>
     <t>#26 Tom Holland - CB</t>
   </si>
   <si>
-    <t>#41 Matthew Perry - CB</t>
+    <t>#41 Matthew Perry - SS</t>
   </si>
   <si>
     <t>#21 Valin Hess - FS</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-MAN 45 (13:01) 24-Austin Fellows ran to MAN 36 for 9 yards. Tackle by 21-Valin Hess.</t>
   </si>
   <si>
     <t>#84 John McGinnis - WR</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>MAN 36</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>KAM 35</t>
   </si>
   <si>
     <t>(12:19) 14-Christopher Baker kicks 75 yards from KAM 35 to MAN -10. Touchback.</t>
   </si>
   <si>
     <t>#12 Peter Parker - WR</t>
   </si>
   <si>
     <t>#37 Daryl Bowen - CB</t>
   </si>
   <si>
     <t>MAN 25</t>
   </si>
   <si>
     <t>1-10-MAN 25 (12:19) 7-Boba Fett pass complete to 16-Pedro Pascal to MAN 35 for 10 yards. Tackle by 43-Michael Guerra.</t>
   </si>
   <si>
     <t>#7 Boba Fett - QB</t>
   </si>
   <si>
     <t>#36 Cobb Vanth - RB</t>
   </si>
   <si>
-    <t>#14 Johnny Cook - WR</t>
+    <t>#14 Johnny Cook - RB</t>
   </si>
   <si>
     <t>#88 Penn Pershing - WR</t>
   </si>
   <si>
     <t>#15 Ned Leeds - WR</t>
   </si>
   <si>
     <t>#16 Pedro Pascal - WR</t>
   </si>
   <si>
     <t>#74 Joshua Lankford - LT</t>
   </si>
   <si>
     <t>#62 IG-11 Droid - LG</t>
   </si>
   <si>
     <t>#67 Paul Miller - C</t>
   </si>
   <si>
     <t>#71 Brendol Hux - RG</t>
   </si>
   <si>
     <t>#73 Greef Karga - RT</t>
   </si>