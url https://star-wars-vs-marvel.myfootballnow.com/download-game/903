--- v0 (2025-12-22)
+++ v1 (2026-02-06)
@@ -413,51 +413,51 @@
   <si>
     <t>#49 Paul Bennett - CB</t>
   </si>
   <si>
     <t>#49 Christopher Smith - SS</t>
   </si>
   <si>
     <t>#42 Dennis Anderson - FS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>XMN 22</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-XMN 22 (14:08) 7-Boba Fett pass complete to 12-Peter Parker to XMN 17 for 5 yards. Tackle by 25-Dale Byrd. Nice job by 12-Peter Parker on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#14 Johnny Cook - WR</t>
+    <t>#14 Johnny Cook - RB</t>
   </si>
   <si>
     <t>#89 Greg Mack - TE</t>
   </si>
   <si>
     <t>#15 Ned Leeds - WR</t>
   </si>
   <si>
     <t>#19 Shawn Ligon - WR</t>
   </si>
   <si>
     <t>#74 Joshua Lankford - LT</t>
   </si>
   <si>
     <t>#65 Wilber Levesque - RG</t>
   </si>
   <si>
     <t>#63 Lawrence Walker - LG</t>
   </si>
   <si>
     <t>#61 James Gibson - DT</t>
   </si>
   <si>
     <t>#95 Vernon Terry - DT</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>#26 Chad Taylor - RB</t>
   </si>
   <si>
     <t>#90 Bruce Cobb - DT</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-8-XMN 27 (11:23) 16-Andrew Strickland sacked at XMN 18 for -10 yards (92-Roland Miller). Sack allowed by 71-Daniel Jackson.</t>
   </si>
   <si>
     <t>#53 Wiley Perkins - MLB</t>
   </si>
   <si>
     <t>#56 Moff Gideon - WLB</t>
   </si>
   <si>
-    <t>#41 Matthew Perry - CB</t>
+    <t>#41 Matthew Perry - SS</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>XMN 18</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-17-XMN 18 (10:48) 14-Stevie Taylor punts 45 yards to MAN 38. 12-Peter Parker to MAN 44 for 7 yards. Tackle by 57-Nicolas Hicks.</t>
   </si>
   <si>
     <t>#14 Stevie Taylor - P</t>
   </si>
   <si>
     <t>#75 Kenneth Lilly - C</t>
   </si>
   <si>
     <t>#73 Nicholas Rankin - RT</t>
   </si>
@@ -1598,51 +1598,51 @@
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>XMN 45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-13-XMN 45 (10:51) 16-Andrew Strickland pass Pass knocked down by 56-Moff Gideon. incomplete, intended for 26-Chad Taylor.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>3-13-XMN 45 (10:48) 16-Andrew Strickland pass complete to 85-Henry Flood to MAN 46 for 8 yards. Tackle by 50-Cara Dune.</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>4-5-MAN 46 (10:05) 14-Stevie Taylor punts 47 yards to MAN -1.4-5-MAN 46 (10:05) 14-Stevie Taylor punts 47 yards to MAN -1. Touchback.</t>
   </si>
   <si>
-    <t>#51 Riot Mar - SLB</t>
+    <t>#51 Riot Mar - WLB</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>1-10-MAN 20 (9:58) 89-Greg Mack ran to MAN 22 for 2 yards. Tackle by 42-Dennis Anderson.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>2-8-MAN 22 (9:25) 36-Cobb Vanth ran to MAN 21 for -1 yards. Tackle by 58-Thomas Farrington.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>MAN 21</t>
   </si>
   <si>
     <t>3-9-MAN 21 (8:48) 14-Johnny Cook ran to MAN 29 for 7 yards. Tackle by 99-Michael Chase.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>